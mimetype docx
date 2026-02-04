--- v0 (2025-12-08)
+++ v1 (2026-02-04)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">05.05.2023Сотрудники отделения воспитательной работы ФГКУ «Донского СЦ МЧСРоссии» посетили ГБУСОН РО «Шахтинский пансионат для пожилых людейи инвалидов». Был организован праздничный концерт, посвященный ДнюВеликой Победы. Дети военнослужащих подготовили своими рукамиподарки для бабушек и дедушек.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>